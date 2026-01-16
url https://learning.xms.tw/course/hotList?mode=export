--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -11,1421 +11,1421 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1050" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1057" uniqueCount="463">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>tms+ 教育訓練基礎入門 (開課者)</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>系統教學</t>
   </si>
   <si>
     <t>2.5</t>
   </si>
   <si>
-    <t>96</t>
+    <t>100</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>網站管理基礎入門</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>82</t>
+    <t>85</t>
   </si>
   <si>
     <t>2020-12-22</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>tms+ 線上學習，很簡單! (學習者)</t>
   </si>
   <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>2022-04-06</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>5W2H 思考法 ~ 讓事情清楚、溝通順暢，減少來來回回！</t>
+  </si>
+  <si>
+    <t>工作效能</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
     <t>66</t>
   </si>
   <si>
-    <t>2022-04-06</t>
-[...16 lines deleted...]
-  <si>
     <t>2021-12-09</t>
   </si>
   <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>km+ 知識庫基礎入門</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>2020-12-09</t>
+  </si>
+  <si>
     <t>38</t>
   </si>
   <si>
     <t>project+ 專案管理入門</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
+    <t>2020-12-18</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>tms+ 開課前系統環境建立 (管理者)</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
     <t>57</t>
   </si>
   <si>
-    <t>2020-12-18</t>
+    <t>2020-12-23</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>抓出問題根源 ~ 5Why 追問法</t>
   </si>
   <si>
+    <t>2021-12-17</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>調訓學程 (新人訓) 基礎入門</t>
+  </si>
+  <si>
     <t>56</t>
   </si>
   <si>
-    <t>2021-12-17</t>
-[...20 lines deleted...]
-    <t>調訓學程 (新人訓) 基礎入門</t>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>整理工作 SOP 並快速傳承</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>2022-01-10</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>從改善實體課程到線上課程</t>
+  </si>
+  <si>
+    <t>2020-12-28</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>【帶人的技術】激勵部屬，你知道員工最在意哪三件事？</t>
+  </si>
+  <si>
+    <t>領導力</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>簡報排版 ~ 視覺更吸睛、重點更凸顯</t>
+  </si>
+  <si>
+    <t>簡報技巧</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>2023-02-13</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>改變 or 推動新制度，原來可以這麼簡單！</t>
+  </si>
+  <si>
+    <t>思維成長</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>學習的 5 大關鍵</t>
+  </si>
+  <si>
+    <t>學習方法</t>
+  </si>
+  <si>
+    <t>2022-04-13</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>EverCam 快速入門 ( 7/27 及人國小)</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2021-07-19</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>微課程 + 案例錄影</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>FAQ 教戰守則</t>
+  </si>
+  <si>
+    <t>2021-11-25</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>大腦喜歡這樣學</t>
+  </si>
+  <si>
+    <t>2021-10-30</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>簡報、多媒體教材設計原則</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>PDCA 循環 ~ 持續改善的關鍵</t>
+  </si>
+  <si>
+    <t>計劃執行</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>EverCam 快速入門 ~ 10 分鐘就上手!</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>2020-11-09</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>20 小時學會一項技能</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>2021-11-01</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>3 個技巧，工作報告不再沒重點！</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>全民報告術</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>2022-01-11</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>FAQ 的內容，先講重點就對了</t>
+  </si>
+  <si>
+    <t>AI知識庫</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>2020-12-16</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>從零開始，3 個月內打造專屬的 AI 知識庫</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>知難行易 ~ 拆解工作 (Work Breakdown Structure)</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>快速換新大腦 增強 10 倍學習速度</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2021-07-07</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>翻轉教室 2.0 ~ 提升授課品質 + 產出優質教材</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>打通任督二脈 ~ 建構 AI 知識庫的同時，進行 10 倍速的經驗傳承</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>下標題，原則與步驟</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>該如何有效地做筆記</t>
+  </si>
+  <si>
+    <t>2022-01-04</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>【敏捷溝通力】部屬犯錯該不該罵？4 個引導步驟，不傷及部屬面子也能糾正對方</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>2022-08-09</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>一分鐘經理 (The One Minute Manager)｜全新的一分鐘管理法</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>2022-12-02</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>五遍訊息溝通法 ~ 減少認知落差，避免做白工</t>
+  </si>
+  <si>
+    <t>問題處理</t>
+  </si>
+  <si>
+    <t>2022-12-07</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>時間管理術 - G T D</t>
+  </si>
+  <si>
+    <t>時間管理</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>2022-01-07</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>為什麼我們總是學不會？一本被書名耽誤的好書</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>會議管理 ~ 3 關鍵提升開會效率！</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>每日站立會議 ~ 敏捷專案 Scrum 的關鍵活動！</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>上台報告小技巧</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>精彩簡報的 5 個原則</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>大師級簡報是如何煉成的？</t>
+  </si>
+  <si>
+    <t>PowerPoint</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>如何成為出色的領導者？一分鐘經理之情境領導力</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>如何創造白色空間、提高工作效能？擺脫瞎忙，做真正重要的事｜《留白工作法》</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>番茄鐘工作法</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>敏捷框架 Scrum 的最佳實踐</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>設計測驗 ~ 確保學習成效的關鍵步驟</t>
+  </si>
+  <si>
+    <t>教育訓練</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>SCQA 表達架構 ~ 清楚說明，溝通更有效</t>
+  </si>
+  <si>
+    <t>2023-05-09</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>冰山在融化 ~ 組織成功變革的 8 個步驟</t>
+  </si>
+  <si>
+    <t>2023-01-19</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>2020-12-24</t>
-[...334 lines deleted...]
-  <si>
     <t>xms+ 實驗室的應用</t>
   </si>
   <si>
     <t>2021-03-02</t>
   </si>
   <si>
-    <t>291</t>
-[...29 lines deleted...]
-    <t>40</t>
+    <t>216</t>
+  </si>
+  <si>
+    <t>簡單、聰明的教材設計、互動與管理</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2022-05-12</t>
   </si>
   <si>
     <t>架設系所、實驗室網站，快速入門</t>
   </si>
   <si>
-    <t>13</t>
-[...14 lines deleted...]
-    <t>簡單、聰明的教材設計、互動與管理</t>
+    <t>133</t>
+  </si>
+  <si>
+    <t>產品比競爭對手貴，賣不動怎麼辦？</t>
+  </si>
+  <si>
+    <t>行銷 / 銷售</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>2022-05-12</t>
-[...10 lines deleted...]
-  <si>
     <t>74</t>
   </si>
   <si>
     <t>project+ 專案管理入門 ~春寧</t>
   </si>
   <si>
-    <t>228</t>
-[...19 lines deleted...]
-  <si>
     <t>262</t>
   </si>
   <si>
     <t>5 大關鍵，讓你無往不利，輕鬆說服他人！</t>
   </si>
   <si>
     <t>溝通表達</t>
   </si>
   <si>
+    <t>2022-08-15</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>《底層邏輯》：關於工作和人脈的底層邏輯</t>
+  </si>
+  <si>
     <t>11</t>
   </si>
   <si>
-    <t>2022-08-15</t>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>OKR：做最重要的事</t>
+  </si>
+  <si>
+    <t>2021-09-08</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>專案成功的第一步 ~ 訂出符合 SMART 原則的目標</t>
   </si>
   <si>
     <t>2022-12-27</t>
   </si>
   <si>
-    <t>295</t>
-[...23 lines deleted...]
-    <t>2021-09-08</t>
+    <t>288</t>
+  </si>
+  <si>
+    <t>帕金森定理</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>為什麼我們都不喜歡上課？</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>PPT 母片真的重要嗎？製作 400 頁簡報前的策略規劃？設定「母片背景格式設計」</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>哈佛的最後一堂課，淬煉一生的故事</t>
   </si>
   <si>
-    <t>10</t>
-[...5 lines deleted...]
-    <t>為什麼我們都不喜歡上課？</t>
+    <t>305</t>
+  </si>
+  <si>
+    <t>不會匯報工作，你的工作等於零！5 招向上管理，給上司留下好印象</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2023-06-08</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>原子習慣 ~ 4 步驟，帶出卓越人生！</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>七分鐘快速上手 PowerPoint 動畫設定！</t>
+  </si>
+  <si>
+    <t>資源管理，10 分鐘快速入門！</t>
+  </si>
+  <si>
+    <t>2021-02-25</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>5 個小技巧，讓您的效率倍增！</t>
+  </si>
+  <si>
+    <t>2021-10-19</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>20250904 遇到 timeout (線上要等待比較久)，要想到「背景執行 + 顯示進度」</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>偷走時間的秘密武器，揭開時間管理的錯誤觀念</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-04-14</t>
   </si>
   <si>
-    <t>516</t>
-[...65 lines deleted...]
-    <t>2022-01-05</t>
+    <t>124</t>
+  </si>
+  <si>
+    <t>建立成功人脈的正確方法</t>
+  </si>
+  <si>
+    <t>人際關係</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>嘗試新的計畫方法吧《The 12 Week Year》</t>
+  </si>
+  <si>
+    <t>2023-03-03</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>關鍵對話 Crucial Conversations</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>PPT 如何精準選擇顏色？配色、色彩選擇工具完整解析</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>決戰 90 秒，掌握電梯簡報致勝關鍵！</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-09-01</t>
   </si>
   <si>
-    <t>124</t>
-[...47 lines deleted...]
-    <t>PPT 如何精準選擇顏色？配色、色彩選擇工具完整解析</t>
+    <t>273</t>
+  </si>
+  <si>
+    <t>為什麼我們總是愛拖延？</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>2022-11-21</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>高材生是怎麼唸書的？《考試腦科學》</t>
+  </si>
+  <si>
+    <t>2023-03-07</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>如何提高工作效率？</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>人工智慧之道 ~ 寫 FAQ 就對了！</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>未來工作 10 年最需要的 5 大能力</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>為什麼計畫這麼豐滿，執行起來卻很骨感？</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>《被討厭的勇氣》阿德勒的個體心理學 | 如何讓自己變得更幸福？</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>創業主管必備5個時間管理術，讓你終止拖延症！</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>4 種必備的能力，讓你成為不被洗腦的聰明人！｜《不被洗腦的思維練習》</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>AI 人工智慧之道 ~ 打破砂鍋問到底！</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>7 個銷售心理學的秘密！</t>
+  </si>
+  <si>
+    <t>2022-03-01</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>人際關係必備五大訣竅，學起來一生適用</t>
+  </si>
+  <si>
+    <t>2022-03-18</t>
+  </si>
+  <si>
     <t>234</t>
   </si>
   <si>
     <t>卡內基提升溝通能力的 4 大法則</t>
   </si>
   <si>
-    <t>121</t>
-[...92 lines deleted...]
-    <t>2021-09-09</t>
+    <t>297</t>
+  </si>
+  <si>
+    <t>手機、電腦被駭也沒什麼大不了？小心刑事警察帶你進牢房！快用四招資安習慣讓駭客退散！</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>2023-05-26</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>業務如何應對殺價？</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>關鍵衝突 Crucial Confrontations</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>說話沒重點，用字格格不入？專家剖析三大原因改善表達能力</t>
+  </si>
+  <si>
+    <t>2022-03-21</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>金馬獎評審郎祖筠來教你｜上台第一句：吸睛的開場、自我介紹</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>278</t>
   </si>
   <si>
     <t>如何解決任何難題？《The Obstacle is the Way》</t>
   </si>
   <si>
-    <t>215</t>
-[...26 lines deleted...]
-    <t>關鍵衝突 Crucial Confrontations</t>
+    <t>293</t>
+  </si>
+  <si>
+    <t>創業開店必學的3個銷售心理學，讓你輕鬆學習行銷企劃</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2023-05-11</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>2025-10-02 FAQ 課程 (來源：永和耕莘教學部輔導用途)</t>
+  </si>
+  <si>
+    <t>2025-10-02</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>要成功就要戰勝自己</t>
+  </si>
+  <si>
+    <t>2021-10-08</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>你一定得知道「新莫非定律」</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>提升表達能力 ~ 7C 溝通法則</t>
+  </si>
+  <si>
+    <t>2022-02-07</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>巴菲特：停止這 9 種浪費時間的行為，否則你將一輩子窮忙！</t>
+  </si>
+  <si>
+    <t>2022-08-31</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>創業必學，5 招學會文案行銷，讓客人主動幫你說故事</t>
+  </si>
+  <si>
+    <t>2023-06-07</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>怎麼寫 FAQ？</t>
+  </si>
+  <si>
+    <t>顧問輔導</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>不要問你導師這 5 件事情</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>世界上最有價值的寶貝</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>快思慢想 Thinking, Fast and Slow</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-05-31</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>理財｜父母是窮老族？避開這三大陷阱，貧窮人生不須世襲</t>
   </si>
   <si>
     <t>2022-11-09</t>
   </si>
   <si>
-    <t>303</t>
-[...68 lines deleted...]
-    <t>2022-02-07</t>
+    <t>267</t>
+  </si>
+  <si>
+    <t>聊天機器人 ChatGPT 真的那麼神？</t>
+  </si>
+  <si>
+    <t>創新創意</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>成功創業家的十個好習慣</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>七種讓人陷入貧窮的觀念</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>瑞典人怎麼這麼懶？</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>好好學習好市多的商「雞」</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>12 個人生建議，讓你少走一些冤枉路</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>四個方法讓頭腦與身心靈合作，心想事成沒問題！</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>人生總是高潮迭起《峰與谷：超越逆境、享受順境的人生禮物》</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>絕對成交!!! 輕鬆問出能&amp;quot;成交&amp;quot;的好問題</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>與人溝通時好用的三句話</t>
+  </si>
+  <si>
+    <t>2022-11-11</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>不再犯傻的原則，橋水基金創辦人四十年心血《原則》</t>
+  </si>
+  <si>
+    <t>2022-06-17</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>巴菲特：毀你前途的 7 個細節！細節很小，但很致命！</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>Notion AI 完整教學與介紹 | 比 ChatGPT 更實用的人工智能</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>2022 年改變我生活的 7 本書</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>雪中送炭，可能是有眼光的投資！</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>如何確定你的產品和服務會成功</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>如何定價服務商品</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>哈佛積極心理學，一門幸福的科學課</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>黃金圈法則＿事事成功順利法則</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>哲學什錦湯裡的勺子《哲學的指引》</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-06-08</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>非暴力溝通《我想跟你好好說話》</t>
   </si>
   <si>
     <t>2022-10-19</t>
   </si>
   <si>
-    <t>272</t>
-[...164 lines deleted...]
-    <t>2021-10-20</t>
+    <t>265</t>
+  </si>
+  <si>
+    <t>人類還剩幾集可以逃？ChatGPT + Midjourney + Clipchamp AI 大軍聯合玩內容創作 (文稿/插圖/配樂/配音/字幕全包)</t>
+  </si>
+  <si>
+    <t>2023-02-03</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>Elon Musk 的機器人好笨拙？究竟特斯拉 Optimus 厲害在哪裡？AI Day 大揭密</t>
+  </si>
+  <si>
+    <t>2022-10-11</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>5 個超好用的說話技巧，聊到對方心坎裡！</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>3 大危險心理效應 (破窗、鳥籠、錯誤共識效應)，就在你身邊！</t>
+  </si>
+  <si>
+    <t>2022-11-28</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>ChatGPT 和 Bing 將終結谷歌時代 !? 微軟在佈什麼樣的局？OpenAI 的商業潛力究竟有多大？人類飯碗被 AI 搶走怎麼辦？</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>技術奇點時間線 | 人工智慧 + AGI + ASI（2023 - 2100¹⁰⁰）</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>創造被動收入要先了解的 3 件事</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>你的成功在於你看見什麼</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>超好用的說話技巧，讓你永遠不會詞窮！</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>如何溫暖回饋？SBI 溝通法</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>我希望在 20 歲時知道的 8 件事情</t>
   </si>
   <si>
     <t>2022-11-10</t>
   </si>
   <si>
-    <t>264</t>
-[...53 lines deleted...]
-    <t>2023-02-03</t>
+    <t>141</t>
+  </si>
+  <si>
+    <t>伊隆·馬斯克對 2021 四項令人驚奇的預測</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>2005 AI 輔導的討論整理</t>
+  </si>
+  <si>
+    <t>2025-09-17</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>[案例] 排版凸顯重點 ~ 護理衛教「為甚麼裝生理監視器？」</t>
+  </si>
+  <si>
+    <t>案例分析</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>ee-class 教育訓練 (教師 / TA)</t>
   </si>
   <si>
     <t>2020-10-07</t>
   </si>
   <si>
-    <t>141</t>
-[...23 lines deleted...]
-    <t>2025-10-03</t>
+    <t>531</t>
+  </si>
+  <si>
+    <t>[案例] PREP 改善 ~ 護理衛教「營養夠嗎？」</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>Power BI 快速上手！</t>
+  </si>
+  <si>
+    <t>研究工具</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>如何善用樞紐分析？</t>
+  </si>
+  <si>
+    <t>Excel</t>
+  </si>
+  <si>
+    <t>2019-10-21</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>抓住問題根源，解決所有難題：5 WHY 追問法！</t>
   </si>
   <si>
     <t>2021-07-09</t>
-  </si>
-[...28 lines deleted...]
-    <t>2019-10-21</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>輕鬆學會 word 論文格式</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>2020-09-08</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>十分鐘精通 Google 表單設計！</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
@@ -1466,51 +1466,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G150"/>
+  <dimension ref="A1:G151"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1612,3367 +1612,3390 @@
       </c>
       <c r="E5" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="C7" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C7" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" s="0" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="C9" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>44</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="E13" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D13" s="1" t="s">
+      <c r="G13" s="1" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="1" t="s">
+      <c r="E14" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>76</v>
+        <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>84</v>
+        <v>7</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F20" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="1" t="s">
+      <c r="G23" s="1" t="s">
         <v>100</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="B24" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>103</v>
-      </c>
-[...10 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
         <v>105</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...8 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
-        <v>77</v>
+        <v>111</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>20</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>10</v>
+        <v>113</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>121</v>
-      </c>
-[...13 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="C31" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>118</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
         <v>126</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>57</v>
+        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>147</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="E39" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>151</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="1" t="s">
+      <c r="G39" s="1" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>157</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
-        <v>45</v>
+        <v>155</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>162</v>
+        <v>121</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>165</v>
+        <v>88</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>168</v>
+        <v>63</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>170</v>
-      </c>
-[...16 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>25</v>
+        <v>58</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>175</v>
+        <v>143</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>176</v>
-      </c>
-[...16 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>128</v>
+        <v>25</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>188</v>
-      </c>
-[...13 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
         <v>189</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>191</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="G54" s="1" t="s">
         <v>198</v>
-      </c>
-[...13 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
-        <v>200</v>
+        <v>69</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>202</v>
+        <v>41</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F56" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G56" s="1" t="s">
-        <v>205</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>208</v>
+        <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>209</v>
-      </c>
-[...16 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F59" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="G59" s="1" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
         <v>214</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="B61" s="0" t="s">
+      <c r="C61" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="B62" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="B62" s="0" t="s">
+      <c r="C62" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F62" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D62" s="1" t="s">
+      <c r="G62" s="1" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="B65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C65" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>232</v>
+        <v>52</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>233</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="G66" s="1" t="s">
         <v>234</v>
-      </c>
-[...13 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
         <v>238</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>216</v>
+        <v>233</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>241</v>
-      </c>
-[...16 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>247</v>
+        <v>25</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>208</v>
+        <v>244</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>223</v>
+        <v>150</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>224</v>
+        <v>250</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="B73" s="0" t="s">
+      <c r="E73" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" s="1" t="s">
         <v>254</v>
       </c>
-      <c r="C73" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G73" s="1" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
         <v>255</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>256</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>257</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
         <v>258</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>259</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>223</v>
+        <v>208</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>243</v>
+        <v>254</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
         <v>260</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>261</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="C77" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>264</v>
-      </c>
-[...13 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="s">
         <v>265</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="s">
         <v>274</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>191</v>
+        <v>113</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="s">
         <v>277</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="s">
         <v>280</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>281</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>282</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="s">
         <v>283</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>284</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>285</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="s">
         <v>286</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>287</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>76</v>
+        <v>150</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>288</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>250</v>
+        <v>291</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>293</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="s">
         <v>294</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>295</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>25</v>
+        <v>202</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>296</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="s">
         <v>297</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="s">
         <v>300</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>72</v>
+        <v>253</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>299</v>
+        <v>267</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>250</v>
+        <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="s">
         <v>302</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>303</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>194</v>
+        <v>146</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>128</v>
+        <v>202</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>307</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="s">
         <v>308</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>81</v>
+        <v>296</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>311</v>
       </c>
       <c r="C94" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>247</v>
+        <v>208</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>276</v>
+        <v>312</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>72</v>
+        <v>208</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>315</v>
+        <v>209</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="B96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>318</v>
+        <v>257</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="B97" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F97" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="B97" s="0" t="s">
+      <c r="G97" s="1" t="s">
         <v>320</v>
-      </c>
-[...13 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G98" s="1" t="s">
         <v>323</v>
-      </c>
-[...13 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="s">
         <v>324</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>325</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>293</v>
+        <v>326</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>328</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G100" s="1" t="s">
         <v>326</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="s">
         <v>329</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>330</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>331</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="s">
         <v>332</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>333</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>334</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="s">
         <v>335</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>336</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>72</v>
+        <v>202</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>337</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="s">
         <v>338</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>72</v>
+        <v>340</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>194</v>
+        <v>68</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>342</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>345</v>
+        <v>319</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>346</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>347</v>
       </c>
-      <c r="B107" s="0" t="s">
+      <c r="C107" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>348</v>
-      </c>
-[...13 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B108" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="B108" s="0" t="s">
+      <c r="C108" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>351</v>
-      </c>
-[...13 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="s">
         <v>352</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>353</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>293</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>355</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>357</v>
+        <v>216</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="s">
         <v>358</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>359</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>356</v>
+        <v>68</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>337</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>337</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>279</v>
+        <v>299</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>279</v>
+        <v>209</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>72</v>
+        <v>202</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>196</v>
+        <v>374</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>191</v>
+        <v>208</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>194</v>
+        <v>68</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>384</v>
+        <v>257</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>387</v>
+        <v>68</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="s">
         <v>388</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>387</v>
+        <v>68</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>65</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="s">
         <v>390</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>391</v>
+        <v>293</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>72</v>
+        <v>340</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>208</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>394</v>
+        <v>68</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>395</v>
+        <v>326</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>72</v>
+        <v>202</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>398</v>
+        <v>326</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>293</v>
+        <v>397</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>191</v>
+        <v>68</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>31</v>
+        <v>355</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>296</v>
+        <v>405</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B131" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>408</v>
-      </c>
-[...16 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>410</v>
       </c>
-      <c r="B132" s="0" t="s">
+      <c r="C132" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>411</v>
-      </c>
-[...13 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>413</v>
       </c>
-      <c r="B133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>387</v>
+        <v>208</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>65</v>
+        <v>405</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="B134" s="0" t="s">
+      <c r="C134" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>416</v>
-      </c>
-[...13 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="s">
         <v>417</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>337</v>
+        <v>65</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="s">
         <v>419</v>
       </c>
       <c r="B136" s="0" t="s">
         <v>420</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>72</v>
+        <v>354</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>337</v>
+        <v>191</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="s">
         <v>421</v>
       </c>
       <c r="B137" s="0" t="s">
         <v>422</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>387</v>
+        <v>68</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>423</v>
+        <v>326</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="B138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>194</v>
+        <v>68</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>349</v>
+        <v>326</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>426</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>72</v>
+        <v>208</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>428</v>
+        <v>282</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>387</v>
+        <v>208</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>431</v>
+        <v>377</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="E141" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>168</v>
+        <v>184</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E145" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>153</v>
+        <v>170</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>452</v>
+        <v>25</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>459</v>
+        <v>16</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>459</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>153</v>
+        <v>460</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>