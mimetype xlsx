--- v1 (2026-01-16)
+++ v2 (2026-03-17)
@@ -11,1439 +11,1505 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="熱門課程" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1057" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1099" uniqueCount="485">
   <si>
     <t>編號</t>
   </si>
   <si>
     <t>課程名稱</t>
   </si>
   <si>
     <t>形式</t>
   </si>
   <si>
     <t>類別</t>
   </si>
   <si>
     <t>時數</t>
   </si>
   <si>
     <t>人數</t>
   </si>
   <si>
     <t>開課日期</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>tms+ 教育訓練基礎入門 (開課者)</t>
   </si>
   <si>
     <t>線上</t>
   </si>
   <si>
     <t>系統教學</t>
   </si>
   <si>
     <t>2.5</t>
   </si>
   <si>
-    <t>100</t>
+    <t>104</t>
   </si>
   <si>
     <t>2020-12-14</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>網站管理基礎入門</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>85</t>
+    <t>90</t>
   </si>
   <si>
     <t>2020-12-22</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>tms+ 線上學習，很簡單! (學習者)</t>
   </si>
   <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>2022-04-06</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>5W2H 思考法 ~ 讓事情清楚、溝通順暢，減少來來回回！</t>
+  </si>
+  <si>
+    <t>工作效能</t>
+  </si>
+  <si>
+    <t>0.5</t>
+  </si>
+  <si>
     <t>68</t>
   </si>
   <si>
-    <t>2022-04-06</t>
-[...16 lines deleted...]
-  <si>
     <t>2021-12-09</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>km+ 知識庫基礎入門</t>
   </si>
   <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>2020-12-09</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>tms+ 開課前系統環境建立 (管理者)</t>
+  </si>
+  <si>
+    <t>1.5</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>2020-12-23</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>project+ 專案管理入門</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>2020-12-18</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>抓出問題根源 ~ 5Why 追問法</t>
+  </si>
+  <si>
     <t>58</t>
   </si>
   <si>
-    <t>2020-12-09</t>
-[...34 lines deleted...]
-  <si>
     <t>2021-12-17</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>調訓學程 (新人訓) 基礎入門</t>
   </si>
   <si>
+    <t>2020-12-24</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>整理工作 SOP 並快速傳承</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>2022-01-10</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>【帶人的技術】激勵部屬，你知道員工最在意哪三件事？</t>
+  </si>
+  <si>
+    <t>領導力</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>2022-08-01</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>從改善實體課程到線上課程</t>
+  </si>
+  <si>
+    <t>2020-12-28</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>簡報排版 ~ 視覺更吸睛、重點更凸顯</t>
+  </si>
+  <si>
+    <t>簡報技巧</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>2023-02-13</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>學習的 5 大關鍵</t>
+  </si>
+  <si>
+    <t>學習方法</t>
+  </si>
+  <si>
+    <t>2022-04-13</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>改變 or 推動新制度，原來可以這麼簡單！</t>
+  </si>
+  <si>
+    <t>思維成長</t>
+  </si>
+  <si>
+    <t>2021-12-27</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>EverCam 快速入門 ( 7/27 及人國小)</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>2021-07-19</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>大腦喜歡這樣學</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>2021-10-30</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>微課程 + 案例錄影</t>
+  </si>
+  <si>
+    <t>2021-11-24</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>從零開始，3 個月內打造專屬的 AI 知識庫</t>
+  </si>
+  <si>
+    <t>AI知識庫</t>
+  </si>
+  <si>
+    <t>2025-09-25</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>FAQ 的內容，先講重點就對了</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>FAQ 教戰守則</t>
+  </si>
+  <si>
+    <t>2021-11-25</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>打通任督二脈 ~ 建構 AI 知識庫的同時，進行 10 倍速的經驗傳承</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>下標題，原則與步驟</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>PDCA 循環 ~ 持續改善的關鍵</t>
+  </si>
+  <si>
+    <t>計劃執行</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>2023-02-01</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>簡報、多媒體教材設計原則</t>
+  </si>
+  <si>
+    <t>2022-02-21</t>
+  </si>
+  <si>
     <t>56</t>
   </si>
   <si>
-    <t>2020-12-24</t>
-[...5 lines deleted...]
-    <t>整理工作 SOP 並快速傳承</t>
+    <t>EverCam 快速入門 ~ 10 分鐘就上手!</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>2020-11-09</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>20 小時學會一項技能</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>2021-11-01</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>3 個技巧，工作報告不再沒重點！</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>全民報告術</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>2022-01-11</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>知難行易 ~ 拆解工作 (Work Breakdown Structure)</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>2022-07-01</t>
+  </si>
+  <si>
+    <t>2020-12-16</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>快速換新大腦 增強 10 倍學習速度</t>
+  </si>
+  <si>
+    <t>2021-07-07</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>該如何有效地做筆記</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2022-01-04</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>【敏捷溝通力】部屬犯錯該不該罵？4 個引導步驟，不傷及部屬面子也能糾正對方</t>
+  </si>
+  <si>
+    <t>2022-08-09</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>翻轉教室 2.0 ~ 提升授課品質 + 產出優質教材</t>
+  </si>
+  <si>
+    <t>2021-12-28</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>AI 人工智慧之道 ~ 打破砂鍋問到底！</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>一分鐘經理 (The One Minute Manager)｜全新的一分鐘管理法</t>
+  </si>
+  <si>
+    <t>2022-12-02</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>五遍訊息溝通法 ~ 減少認知落差，避免做白工</t>
+  </si>
+  <si>
+    <t>問題處理</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>2022-12-07</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>人工智慧之道 ~ 寫 FAQ 就對了！</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>時間管理術 - G T D</t>
+  </si>
+  <si>
+    <t>時間管理</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>2022-01-07</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>為什麼我們總是學不會？一本被書名耽誤的好書</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>每日站立會議 ~ 敏捷專案 Scrum 的關鍵活動！</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>精彩簡報的 5 個原則</t>
+  </si>
+  <si>
+    <t>2021-10-01</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>會議管理 ~ 3 關鍵提升開會效率！</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>如何成為出色的領導者？一分鐘經理之情境領導力</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>上台報告小技巧</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>SCQA 表達架構 ~ 清楚說明，溝通更有效</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2023-05-09</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>番茄鐘工作法</t>
+  </si>
+  <si>
+    <t>2022-05-17</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>設計測驗 ~ 確保學習成效的關鍵步驟</t>
+  </si>
+  <si>
+    <t>教育訓練</t>
+  </si>
+  <si>
+    <t>2023-02-02</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>大師級簡報是如何煉成的？</t>
+  </si>
+  <si>
+    <t>PowerPoint</t>
+  </si>
+  <si>
+    <t>2021-09-30</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>冰山在融化 ~ 組織成功變革的 8 個步驟</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>2023-01-19</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>xms+ 實驗室的應用</t>
+  </si>
+  <si>
+    <t>2021-03-02</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>敏捷框架 Scrum 的最佳實踐</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>如何創造白色空間、提高工作效能？擺脫瞎忙，做真正重要的事｜《留白工作法》</t>
+  </si>
+  <si>
+    <t>2023-06-06</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>簡單、聰明的教材設計、互動與管理</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>2022-05-12</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>架設系所、實驗室網站，快速入門</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>5 大關鍵，讓你無往不利，輕鬆說服他人！</t>
+  </si>
+  <si>
+    <t>溝通表達</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>2022-08-15</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>project+ 專案管理入門 ~春寧</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>OKR：做最重要的事</t>
+  </si>
+  <si>
+    <t>2021-09-08</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>產品比競爭對手貴，賣不動怎麼辦？</t>
+  </si>
+  <si>
+    <t>行銷 / 銷售</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>專案成功的第一步 ~ 訂出符合 SMART 原則的目標</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2022-12-27</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>《底層邏輯》：關於工作和人脈的底層邏輯</t>
+  </si>
+  <si>
+    <t>2023-05-16</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>哈佛的最後一堂課，淬煉一生的故事</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>PPT 母片真的重要嗎？製作 400 頁簡報前的策略規劃？設定「母片背景格式設計」</t>
+  </si>
+  <si>
+    <t>2022-06-16</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>帕金森定理</t>
+  </si>
+  <si>
+    <t>2023-04-25</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>為什麼我們都不喜歡上課？</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>偷走時間的秘密武器，揭開時間管理的錯誤觀念</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>2022-04-14</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>5 個小技巧，讓您的效率倍增！</t>
+  </si>
+  <si>
+    <t>2021-10-19</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>20250904 遇到 timeout (線上要等待比較久)，要想到「背景執行 + 顯示進度」</t>
+  </si>
+  <si>
+    <t>2025-09-04</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>原子習慣 ~ 4 步驟，帶出卓越人生！</t>
+  </si>
+  <si>
+    <t>2022-01-05</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>七分鐘快速上手 PowerPoint 動畫設定！</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>2022-01-10</t>
-[...533 lines deleted...]
-    <t>哈佛的最後一堂課，淬煉一生的故事</t>
+    <t>資源管理，10 分鐘快速入門！</t>
+  </si>
+  <si>
+    <t>2021-02-25</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>不會匯報工作，你的工作等於零！5 招向上管理，給上司留下好印象</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-06-08</t>
   </si>
   <si>
-    <t>162</t>
-[...44 lines deleted...]
-    <t>2022-04-14</t>
+    <t>193</t>
+  </si>
+  <si>
+    <t>7 個銷售心理學的秘密！</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>2022-03-01</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>關鍵對話 Crucial Conversations</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>PPT 如何精準選擇顏色？配色、色彩選擇工具完整解析</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>決戰 90 秒，掌握電梯簡報致勝關鍵！</t>
+  </si>
+  <si>
+    <t>2022-09-01</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>建立成功人脈的正確方法</t>
   </si>
   <si>
     <t>人際關係</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>276</t>
   </si>
   <si>
     <t>嘗試新的計畫方法吧《The 12 Week Year》</t>
   </si>
   <si>
     <t>2023-03-03</t>
   </si>
   <si>
-    <t>195</t>
-[...19 lines deleted...]
-  <si>
     <t>273</t>
   </si>
   <si>
     <t>為什麼我們總是愛拖延？</t>
   </si>
   <si>
+    <t>2022-11-21</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>人際關係必備五大訣竅，學起來一生適用</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
-    <t>2022-11-21</t>
+    <t>2022-03-18</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>卡內基提升溝通能力的 4 大法則</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>創業主管必備5個時間管理術，讓你終止拖延症！</t>
+  </si>
+  <si>
+    <t>2023-05-25</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>4 種必備的能力，讓你成為不被洗腦的聰明人！｜《不被洗腦的思維練習》</t>
+  </si>
+  <si>
+    <t>2023-06-02</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>未來工作 10 年最需要的 5 大能力</t>
+  </si>
+  <si>
+    <t>2021-10-07</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>為什麼計畫這麼豐滿，執行起來卻很骨感？</t>
+  </si>
+  <si>
+    <t>2021-09-09</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>關鍵衝突 Crucial Confrontations</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>《被討厭的勇氣》阿德勒的個體心理學 | 如何讓自己變得更幸福？</t>
+  </si>
+  <si>
+    <t>2022-11-14</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>高材生是怎麼唸書的？《考試腦科學》</t>
   </si>
   <si>
     <t>2023-03-07</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>如何提高工作效率？</t>
   </si>
   <si>
-    <t>586</t>
-[...80 lines deleted...]
-    <t>卡內基提升溝通能力的 4 大法則</t>
+    <t>274</t>
+  </si>
+  <si>
+    <t>金馬獎評審郎祖筠來教你｜上台第一句：吸睛的開場、自我介紹</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>如何解決任何難題？《The Obstacle is the Way》</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>說話沒重點，用字格格不入？專家剖析三大原因改善表達能力</t>
+  </si>
+  <si>
+    <t>2022-03-21</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>手機、電腦被駭也沒什麼大不了？小心刑事警察帶你進牢房！快用四招資安習慣讓駭客退散！</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-05-26</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>業務如何應對殺價？</t>
   </si>
   <si>
-    <t>200</t>
-[...23 lines deleted...]
-    <t>如何解決任何難題？《The Obstacle is the Way》</t>
+    <t>541</t>
+  </si>
+  <si>
+    <t>怎麼寫 FAQ？</t>
+  </si>
+  <si>
+    <t>顧問輔導</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>不要問你導師這 5 件事情</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>世界上最有價值的寶貝</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>快思慢想 Thinking, Fast and Slow</t>
+  </si>
+  <si>
+    <t>2022-05-31</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>理財｜父母是窮老族？避開這三大陷阱，貧窮人生不須世襲</t>
+  </si>
+  <si>
+    <t>2022-11-09</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>創業必學，5 招學會文案行銷，讓客人主動幫你說故事</t>
+  </si>
+  <si>
+    <t>2023-06-07</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>要成功就要戰勝自己</t>
+  </si>
+  <si>
+    <t>2021-10-08</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>你一定得知道「新莫非定律」</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>提升表達能力 ~ 7C 溝通法則</t>
+  </si>
+  <si>
+    <t>2022-02-07</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>巴菲特：停止這 9 種浪費時間的行為，否則你將一輩子窮忙！</t>
+  </si>
+  <si>
+    <t>2022-08-31</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>創業開店必學的3個銷售心理學，讓你輕鬆學習行銷企劃</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-05-11</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>2025-10-02 FAQ 課程 (來源：永和耕莘教學部輔導用途)</t>
   </si>
   <si>
     <t>2025-10-02</t>
   </si>
   <si>
-    <t>169</t>
-[...80 lines deleted...]
-    <t>2022-11-09</t>
+    <t>540</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>如何確定你的產品和服務會成功</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>如何定價服務商品</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>創造被動收入要先了解的 3 件事</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>哈佛積極心理學，一門幸福的科學課</t>
+  </si>
+  <si>
+    <t>2022-02-22</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>黃金圈法則＿事事成功順利法則</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>哲學什錦湯裡的勺子《哲學的指引》</t>
+  </si>
+  <si>
+    <t>2022-06-08</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>非暴力溝通《我想跟你好好說話》</t>
+  </si>
+  <si>
+    <t>2022-10-19</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>2022 年改變我生活的 7 本書</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>雪中送炭，可能是有眼光的投資！</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>七種讓人陷入貧窮的觀念</t>
+  </si>
+  <si>
+    <t>2021-10-06</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>瑞典人怎麼這麼懶？</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>好好學習好市多的商「雞」</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>12 個人生建議，讓你少走一些冤枉路</t>
+  </si>
+  <si>
+    <t>2021-10-20</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>四個方法讓頭腦與身心靈合作，心想事成沒問題！</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>人生總是高潮迭起《峰與谷：超越逆境、享受順境的人生禮物》</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>絕對成交!!! 輕鬆問出能&amp;quot;成交&amp;quot;的好問題</t>
+  </si>
+  <si>
+    <t>2022-09-16</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>與人溝通時好用的三句話</t>
+  </si>
+  <si>
+    <t>2022-11-11</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>不再犯傻的原則，橋水基金創辦人四十年心血《原則》</t>
+  </si>
+  <si>
+    <t>2022-06-17</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>巴菲特：毀你前途的 7 個細節！細節很小，但很致命！</t>
+  </si>
+  <si>
+    <t>2022-12-08</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>Notion AI 完整教學與介紹 | 比 ChatGPT 更實用的人工智能</t>
+  </si>
+  <si>
+    <t>創新創意</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>聊天機器人 ChatGPT 真的那麼神？</t>
   </si>
   <si>
-    <t>創新創意</t>
-[...4 lines deleted...]
-  <si>
     <t>125</t>
   </si>
   <si>
     <t>成功創業家的十個好習慣</t>
   </si>
   <si>
-    <t>176</t>
-[...140 lines deleted...]
-    <t>2022-10-19</t>
+    <t>185</t>
+  </si>
+  <si>
+    <t>你的成功在於你看見什麼</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>超好用的說話技巧，讓你永遠不會詞窮！</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>如何溫暖回饋？SBI 溝通法</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>我希望在 20 歲時知道的 8 件事情</t>
+  </si>
+  <si>
+    <t>2022-11-10</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>ChatGPT 和 Bing 將終結谷歌時代 !? 微軟在佈什麼樣的局？OpenAI 的商業潛力究竟有多大？人類飯碗被 AI 搶走怎麼辦？</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>技術奇點時間線 | 人工智慧 + AGI + ASI（2023 - 2100¹⁰⁰）</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>Elon Musk 的機器人好笨拙？究竟特斯拉 Optimus 厲害在哪裡？AI Day 大揭密</t>
+  </si>
+  <si>
+    <t>2022-10-11</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>5 個超好用的說話技巧，聊到對方心坎裡！</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>3 大危險心理效應 (破窗、鳥籠、錯誤共識效應)，就在你身邊！</t>
+  </si>
+  <si>
+    <t>2022-11-28</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>人類還剩幾集可以逃？ChatGPT + Midjourney + Clipchamp AI 大軍聯合玩內容創作 (文稿/插圖/配樂/配音/字幕全包)</t>
   </si>
   <si>
     <t>2023-02-03</t>
   </si>
   <si>
-    <t>239</t>
-[...65 lines deleted...]
-    <t>2022-11-10</t>
+    <t>531</t>
+  </si>
+  <si>
+    <t>[案例] PREP 改善 ~ 護理衛教「營養夠嗎？」</t>
+  </si>
+  <si>
+    <t>案例分析</t>
+  </si>
+  <si>
+    <t>2025-10-01</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>[案例] 排版凸顯重點 ~ 護理衛教「為甚麼裝生理監視器？」</t>
+  </si>
+  <si>
+    <t>2025-10-03</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>2026-01-21 FAQ 課程 (來源：人工智慧之道 ~ 打造不會胡說八道的 AI 知識庫)</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>ee-class 教育訓練 (教師 / TA)</t>
+  </si>
+  <si>
+    <t>2020-10-07</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>伊隆·馬斯克對 2021 四項令人驚奇的預測</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>2005 AI 輔導的討論整理</t>
   </si>
   <si>
     <t>2025-09-17</t>
   </si>
   <si>
-    <t>535</t>
-[...26 lines deleted...]
-    <t>2025-10-01</t>
+    <t>626</t>
+  </si>
+  <si>
+    <t>2026-02-09 FAQ 課程 (來源：cpc 1+19專案)</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>20260303_彰基_專案、工作日誌</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>抓住問題根源，解決所有難題：5 WHY 追問法！</t>
+  </si>
+  <si>
+    <t>2021-07-09</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>輕鬆學會 word 論文格式</t>
+  </si>
+  <si>
+    <t>研究工具</t>
+  </si>
+  <si>
+    <t>2020-09-08</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>十分鐘精通 Google 表單設計！</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>2026-03-03 FAQ 課程 (來源：SS2 (聯發科))</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>2026-03-05 FAQ 課程 (來源：tcsu AI 測試用資料夾)</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>如何善用樞紐分析？</t>
+  </si>
+  <si>
+    <t>Excel</t>
+  </si>
+  <si>
+    <t>2019-10-21</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Power BI 快速上手！</t>
   </si>
   <si>
-    <t>研究工具</t>
-[...26 lines deleted...]
-    <t>輕鬆學會 word 論文格式</t>
+    <t>642</t>
+  </si>
+  <si>
+    <t>[崴正營造] 專案管理入門</t>
+  </si>
+  <si>
+    <t>面授</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
-    <t>2020-09-08</t>
-[...5 lines deleted...]
-    <t>十分鐘精通 Google 表單設計！</t>
+    <t>2026-03-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <fonts x14ac:knownFonts="1" count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1466,51 +1532,51 @@
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle xfId="0" builtinId="0" name="Normal"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultPivotStyle="PivotStyleMedium9" defaultTableStyle="TableStyleMedium2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G151"/>
+  <dimension ref="A1:G157"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col max="1" min="1" width="10" customWidth="1"/>
     <col max="2" min="2" width="60" customWidth="1"/>
     <col max="3" min="3" width="10" customWidth="1"/>
     <col max="4" min="4" width="15" customWidth="1"/>
     <col max="5" min="5" width="10" customWidth="1"/>
     <col max="6" min="6" width="10" customWidth="1"/>
     <col max="7" min="7" width="15" customWidth="1"/>
     <col max="1025" min="8" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
@@ -1638,3364 +1704,3502 @@
       </c>
       <c r="F6" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>74</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="s">
         <v>83</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>7</v>
+        <v>81</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>94</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>99</v>
+        <v>7</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>63</v>
+        <v>102</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>103</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>107</v>
-      </c>
-[...16 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>111</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>10</v>
+        <v>69</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F28" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="B30" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="C30" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>121</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="s">
         <v>122</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="s">
-        <v>126</v>
+        <v>81</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>113</v>
+        <v>69</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="C34" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G34" s="1" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>139</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="s">
         <v>140</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>141</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>143</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="s">
         <v>144</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>146</v>
+        <v>56</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" s="1" t="s">
         <v>149</v>
       </c>
-      <c r="C39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="E39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="1" t="s">
+      <c r="G39" s="1" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>52</v>
+        <v>143</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>121</v>
+        <v>158</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>121</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>164</v>
       </c>
-      <c r="C44" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G44" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>168</v>
+        <v>25</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B46" s="0" t="s">
+      <c r="C46" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="C46" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="s">
         <v>173</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>176</v>
+        <v>82</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F48" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="G48" s="1" t="s">
         <v>178</v>
-      </c>
-[...13 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="s">
         <v>182</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>184</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="s">
         <v>186</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>146</v>
+        <v>188</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>175</v>
+        <v>192</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>198</v>
+        <v>125</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="s">
-        <v>69</v>
+        <v>199</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>10</v>
+        <v>156</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>41</v>
+        <v>201</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>202</v>
+        <v>10</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>82</v>
+        <v>205</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>125</v>
+        <v>37</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B59" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="F59" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G59" s="1" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C60" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>95</v>
+        <v>220</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>219</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C62" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>150</v>
+        <v>102</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C63" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>73</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>228</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B65" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F65" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G65" s="1" t="s">
-        <v>52</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C66" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="E66" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>237</v>
+        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>63</v>
+        <v>156</v>
       </c>
       <c r="E68" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="s">
-        <v>51</v>
+        <v>243</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C72" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="C73" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>253</v>
+        <v>10</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>216</v>
+        <v>256</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C75" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>216</v>
+        <v>263</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>63</v>
+        <v>210</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="B77" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G77" s="1" t="s">
-        <v>264</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C78" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C79" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>73</v>
+        <v>273</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>271</v>
+        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C80" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>257</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>113</v>
+        <v>73</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C82" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>68</v>
+        <v>273</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>25</v>
+        <v>273</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>282</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C84" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>68</v>
+        <v>156</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="C85" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>150</v>
+        <v>73</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>113</v>
+        <v>25</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>276</v>
+        <v>297</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>202</v>
+        <v>273</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C89" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>253</v>
+        <v>73</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="C90" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>253</v>
+        <v>69</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>139</v>
+        <v>305</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>146</v>
+        <v>102</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>304</v>
+        <v>282</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>305</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>82</v>
+        <v>212</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>253</v>
+        <v>73</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F94" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G94" s="1" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C95" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>208</v>
+        <v>149</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>209</v>
+        <v>318</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>257</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>202</v>
+        <v>323</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>10</v>
+        <v>73</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>323</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F99" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G99" s="1" t="s">
-        <v>326</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>208</v>
+        <v>73</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C102" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C103" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="C104" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>340</v>
+        <v>73</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>68</v>
+        <v>210</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>279</v>
+        <v>346</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="C107" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C108" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>353</v>
+        <v>141</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>354</v>
+        <v>323</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>65</v>
+        <v>325</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B110" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C110" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G110" s="1" t="s">
-        <v>216</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C111" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>360</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>279</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C113" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>279</v>
+        <v>366</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>367</v>
+        <v>283</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C115" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>299</v>
+        <v>371</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C116" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>68</v>
+        <v>210</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>209</v>
+        <v>374</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>374</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C118" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>208</v>
+        <v>73</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>377</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C119" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C120" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>383</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="s">
         <v>384</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C121" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>354</v>
+        <v>220</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>257</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="s">
         <v>386</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>387</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>257</v>
+        <v>388</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C123" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>293</v>
+        <v>392</v>
       </c>
       <c r="C124" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>340</v>
+        <v>73</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>341</v>
+        <v>212</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>68</v>
+        <v>220</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>326</v>
+        <v>395</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C126" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>326</v>
+        <v>398</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>299</v>
+        <v>404</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>68</v>
+        <v>407</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>402</v>
+        <v>276</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>208</v>
+        <v>407</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>405</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>35</v>
+        <v>357</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>408</v>
+        <v>217</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C132" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>411</v>
+        <v>341</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C133" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>405</v>
+        <v>297</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C134" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>68</v>
+        <v>210</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>416</v>
+        <v>398</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C135" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>65</v>
+        <v>420</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C136" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>354</v>
+        <v>407</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>191</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C137" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>68</v>
+        <v>407</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>326</v>
+        <v>193</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="C138" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>68</v>
+        <v>407</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>326</v>
+        <v>427</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>282</v>
+        <v>374</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>208</v>
+        <v>73</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>377</v>
+        <v>432</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>68</v>
+        <v>407</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>68</v>
+        <v>438</v>
       </c>
       <c r="E142" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>279</v>
+        <v>439</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="C143" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>184</v>
+        <v>438</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C144" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>439</v>
+        <v>10</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C145" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="C146" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>439</v>
+        <v>73</v>
       </c>
       <c r="E146" s="1" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>446</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="C147" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>449</v>
+        <v>184</v>
       </c>
       <c r="E147" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>170</v>
+        <v>453</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C148" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>452</v>
+        <v>25</v>
       </c>
       <c r="E148" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="C149" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E149" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C150" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>449</v>
+        <v>25</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>459</v>
+        <v>16</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="C151" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>449</v>
+        <v>465</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>26</v>
       </c>
       <c r="F151" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>468</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>470</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="B154" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>459</v>
       </c>
-      <c r="G151" s="1" t="s">
-        <v>170</v>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="B156" s="0" t="s">
+        <v>479</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="B157" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>484</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>FormosaSoft</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>